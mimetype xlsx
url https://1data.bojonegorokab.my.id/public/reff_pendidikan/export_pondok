--- v0 (2025-12-19)
+++ v1 (2026-02-19)
@@ -1085,51 +1085,51 @@
   <si>
     <t>MIFTAHUL HIDAYAH</t>
   </si>
   <si>
     <t>MODERN 'AISYIYAH ISLAMIC BOARDING SCHOOL</t>
   </si>
   <si>
     <t>PONDOK PESANTREN AR ROSYID</t>
   </si>
   <si>
     <t>TAHFIDZUL QUR'AN DARUSSALAM</t>
   </si>
   <si>
     <t>ASH SHOLIHIN DAPLANGU</t>
   </si>
   <si>
     <t>TAHFIDZUL QUR'AN PUTRI AL MUBAROK HIDAYATULLAH BOJONEGORO</t>
   </si>
   <si>
     <t>AL-RAHMANI</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>Tanggal cetak : 19-12-2025 16:42:56</t>
+    <t>Tanggal cetak : 19-02-2026 21:44:45</t>
   </si>
   <si>
     <t>Sumber Data : data.bojonegorokab.go.id</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>