--- v0 (2025-12-19)
+++ v1 (2026-02-19)
@@ -119,51 +119,51 @@
   <si>
     <t>POLTEKKES KEMENKES SURABAYA</t>
   </si>
   <si>
     <t>SEKOLAH TINGGI AGAMA ISLAM ATTANWIR BOJONEGORO (STAI)</t>
   </si>
   <si>
     <t>SEKOLAH TINGGI EKONOMI DAN BISNIS ISLAM AL ROSYID BOJONEGORO</t>
   </si>
   <si>
     <t>STIE CENDEKIA BOJONEGORO</t>
   </si>
   <si>
     <t>STIKES MUHAMMADIYAH BOJONEGORO</t>
   </si>
   <si>
     <t>STIKES RAJEKWESI</t>
   </si>
   <si>
     <t>UNIVERSITAS BOJONEGORO (UNIGORO)</t>
   </si>
   <si>
     <t>UNIVERSITAS NAHDLATUL ULAMA SUNAN GIRI BOJONEGORO</t>
   </si>
   <si>
-    <t>Tanggal cetak : 19-12-2025 16:42:05</t>
+    <t>Tanggal cetak : 19-02-2026 21:44:44</t>
   </si>
   <si>
     <t>Sumber Data : data.bojonegorokab.go.id</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>