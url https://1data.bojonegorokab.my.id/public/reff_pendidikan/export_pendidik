--- v0 (2025-12-19)
+++ v1 (2026-02-19)
@@ -152,51 +152,51 @@
   <si>
     <t>Purwosari</t>
   </si>
   <si>
     <t>Sekar</t>
   </si>
   <si>
     <t>Sugihwaras</t>
   </si>
   <si>
     <t>Sukosewu</t>
   </si>
   <si>
     <t>Sumberrejo</t>
   </si>
   <si>
     <t>Tambakrejo</t>
   </si>
   <si>
     <t>Temayang</t>
   </si>
   <si>
     <t>Trucuk</t>
   </si>
   <si>
-    <t>Tanggal cetak : 19-12-2025 16:41:13</t>
+    <t>Tanggal cetak : 19-02-2026 20:35:55</t>
   </si>
   <si>
     <t>Sumber Data : data.bojonegorokab.go.id</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>